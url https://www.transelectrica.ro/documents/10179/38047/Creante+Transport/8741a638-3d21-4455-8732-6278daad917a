--- v0 (2025-10-10)
+++ v1 (2025-12-23)
@@ -1,145 +1,144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="7" rupBuild="9303"/>
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F634B9D7-BDBB-4E33-B2DA-C3002616D3E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="564" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="564"/>
   </bookViews>
   <sheets>
     <sheet name="Creante transport general" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Creante transport general'!$A$1:$D$326</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Creante transport general'!$A$119:$D$335</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Creante transport general'!$A$1:$D$335</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D118" i="3" l="1"/>
-[...6 lines deleted...]
-  <c r="D325" i="3" l="1"/>
+  <c r="D138" i="3" l="1"/>
+  <c r="D141" i="3"/>
+  <c r="D204" i="3" s="1"/>
+  <c r="D144" i="3"/>
+  <c r="D104" i="3"/>
+  <c r="D206" i="3"/>
+  <c r="D207" i="3"/>
+  <c r="D112" i="3" l="1"/>
+  <c r="D105" i="3"/>
+  <c r="B333" i="3" l="1"/>
+  <c r="C333" i="3"/>
+  <c r="D333" i="3" l="1"/>
+  <c r="D334" i="3" l="1"/>
   <c r="D88" i="3" l="1"/>
-  <c r="B194" i="3" l="1"/>
-[...10 lines deleted...]
-  <c r="C26" i="3"/>
+  <c r="B204" i="3" l="1"/>
+  <c r="B334" i="3" s="1"/>
+  <c r="C204" i="3"/>
+  <c r="C334" i="3" s="1"/>
+  <c r="D47" i="3" l="1"/>
+  <c r="D21" i="3" l="1"/>
+  <c r="B90" i="3" l="1"/>
+  <c r="B64" i="3"/>
+  <c r="C107" i="3"/>
+  <c r="D29" i="3"/>
+  <c r="C29" i="3"/>
   <c r="D11" i="3"/>
-  <c r="B112" i="3"/>
-[...1 lines deleted...]
-  <c r="D112" i="3" s="1"/>
+  <c r="B114" i="3"/>
+  <c r="D107" i="3"/>
+  <c r="D114" i="3" s="1"/>
   <c r="D16" i="3"/>
   <c r="C11" i="3"/>
-  <c r="D70" i="3"/>
-[...1 lines deleted...]
-  <c r="D25" i="3"/>
+  <c r="D74" i="3"/>
+  <c r="D63" i="3"/>
+  <c r="D28" i="3"/>
   <c r="D89" i="3"/>
   <c r="C101" i="3"/>
   <c r="B101" i="3"/>
-  <c r="B104" i="3" s="1"/>
-[...3 lines deleted...]
-  <c r="D79" i="3"/>
+  <c r="B105" i="3" s="1"/>
+  <c r="B77" i="3"/>
+  <c r="C77" i="3"/>
+  <c r="C81" i="3" s="1"/>
+  <c r="D83" i="3"/>
+  <c r="D71" i="3"/>
+  <c r="C97" i="3"/>
+  <c r="C86" i="3"/>
+  <c r="C83" i="3"/>
+  <c r="C19" i="3"/>
+  <c r="C42" i="3"/>
+  <c r="C39" i="3"/>
+  <c r="B37" i="3"/>
+  <c r="C15" i="3"/>
+  <c r="C105" i="3" l="1"/>
   <c r="D64" i="3"/>
-  <c r="C97" i="3"/>
-[...7 lines deleted...]
-  <c r="D57" i="3" l="1"/>
   <c r="D90" i="3"/>
-  <c r="D77" i="3"/>
-[...4 lines deleted...]
-  <c r="B77" i="3"/>
+  <c r="D81" i="3"/>
+  <c r="B115" i="3"/>
+  <c r="B65" i="3"/>
+  <c r="D115" i="3"/>
+  <c r="B81" i="3"/>
   <c r="B91" i="3" s="1"/>
-  <c r="C57" i="3"/>
-  <c r="D34" i="3"/>
+  <c r="C64" i="3"/>
+  <c r="D37" i="3"/>
   <c r="C90" i="3"/>
   <c r="C91" i="3" s="1"/>
-  <c r="C34" i="3"/>
-[...4 lines deleted...]
-  <c r="C58" i="3"/>
+  <c r="C37" i="3"/>
+  <c r="C114" i="3"/>
+  <c r="D65" i="3" l="1"/>
+  <c r="C115" i="3"/>
+  <c r="B335" i="3"/>
+  <c r="C65" i="3"/>
   <c r="D91" i="3"/>
-  <c r="D326" i="3" l="1"/>
-  <c r="C326" i="3"/>
+  <c r="D335" i="3" l="1"/>
+  <c r="C335" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="223">
   <si>
     <t>Nume client</t>
   </si>
   <si>
     <t>TOTAL ELECTRIC OLTENIA SA</t>
   </si>
   <si>
     <t>ALSO ENERG SRL</t>
   </si>
   <si>
     <t>CET ENERGOTERM RESITA SA</t>
   </si>
   <si>
     <t>GEVCO</t>
   </si>
   <si>
     <t>CET BRASOV</t>
   </si>
   <si>
     <t>CET Iasi</t>
   </si>
   <si>
     <t>RAAN</t>
   </si>
   <si>
@@ -208,53 +207,50 @@
   <si>
     <t>ROMENERGY INDUSTRY</t>
   </si>
   <si>
     <t>Rudnap</t>
   </si>
   <si>
     <t>CET IASI</t>
   </si>
   <si>
     <t>GEVCO SRL</t>
   </si>
   <si>
     <t>Korlea Invest as</t>
   </si>
   <si>
     <t>Exclusiv Agro Line (Aton Transilvania)</t>
   </si>
   <si>
     <t>Total sume societati in faliment</t>
   </si>
   <si>
     <t>ICPE ELECTROCOND TECHNOLOGIES SA</t>
   </si>
   <si>
-    <t>UGM Energy</t>
-[...1 lines deleted...]
-  <si>
     <t>ICCO ELECTRIC SRL</t>
   </si>
   <si>
     <t>CE Hunedoara</t>
   </si>
   <si>
     <t>Electrica Serv</t>
   </si>
   <si>
     <t xml:space="preserve">ELECTROCENTRALE BUCURESTI </t>
   </si>
   <si>
     <t>Total sume de recuperat juridic</t>
   </si>
   <si>
     <t>Total sume de recuperat comercial</t>
   </si>
   <si>
     <t>Creante nascute pana in anul 2013</t>
   </si>
   <si>
     <t>Creante nascute in perioada 2014-2016</t>
   </si>
   <si>
     <t>Energy Cogeneration Group</t>
@@ -751,74 +747,83 @@
   <si>
     <t>CORNI EOLIAN SA</t>
   </si>
   <si>
     <t>CREST ENERGY SRL</t>
   </si>
   <si>
     <t>ENERGY PARTNERS ALPHA SOLAR SRL</t>
   </si>
   <si>
     <t>RAAL SA</t>
   </si>
   <si>
     <t>RULMENTI SA</t>
   </si>
   <si>
     <t>CASORI SRL</t>
   </si>
   <si>
     <t>Premier Energy SA</t>
   </si>
   <si>
     <t>D.Trading d.o.o</t>
   </si>
   <si>
-    <t>Creanțe transport la data de 01.09.2025</t>
-[...2 lines deleted...]
-    <t>Valoare neîncasată la data de 01 09 2025 (Lei)</t>
+    <t>BLUE LINE ENERGY SRL</t>
+  </si>
+  <si>
+    <t>POWER PEAK TRADING SRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUN ENERGY COMPLET SA </t>
+  </si>
+  <si>
+    <t>Creanțe transport la data de 27.10.2025</t>
+  </si>
+  <si>
+    <t>Valoare neîncasată la data de 27 10 2025 (Lei)</t>
   </si>
   <si>
     <r>
       <t>Nota:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Creantele prezentate in acest tabel sunt valabile la data intocmirii. Pentru informatii actualizate va rugam sa ne contactati la numarul de telefon 021-303.57.23 sau pe e-mail la adresa relatii.piata.energie@transelectrica.ro</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1484,51 +1489,51 @@
     <xf numFmtId="0" fontId="6" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="27" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="28" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="30" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="27" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="14" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="115">
+  <cellXfs count="104">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
@@ -1643,53 +1648,50 @@
     <xf numFmtId="4" fontId="3" fillId="33" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="33" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="4" fontId="2" fillId="34" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="33" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="33" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1697,213 +1699,184 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="33" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="35" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="35" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="35" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="4" fillId="34" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="33" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="33" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="33" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="3" fillId="33" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...24 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="35" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="35" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="35" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="33" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="34" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="4" fontId="3" fillId="33" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="3" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="33" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="35" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="35" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="35" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="35" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="35" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="23" fillId="35" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
-    <cellStyle name="60% - Accent1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
-[...4 lines deleted...]
-    <cellStyle name="60% - Accent6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="60% - Accent1 2" xfId="13"/>
+    <cellStyle name="60% - Accent2 2" xfId="14"/>
+    <cellStyle name="60% - Accent3 2" xfId="15"/>
+    <cellStyle name="60% - Accent4 2" xfId="16"/>
+    <cellStyle name="60% - Accent5 2" xfId="17"/>
+    <cellStyle name="60% - Accent6 2" xfId="18"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="23" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="24" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="25" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="26" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="27" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="28" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="29" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="30" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="31" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="32" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="33" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="34" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="35" builtinId="24" customBuiltin="1"/>
-    <cellStyle name="Neutral 2" xfId="36" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Neutral 2" xfId="36"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="37" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
-    <cellStyle name="Note 2" xfId="38" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Normal 2" xfId="37"/>
+    <cellStyle name="Note 2" xfId="38"/>
     <cellStyle name="Output" xfId="39" builtinId="21" customBuiltin="1"/>
-    <cellStyle name="Title 2" xfId="40" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="Title 2" xfId="40"/>
     <cellStyle name="Total" xfId="41" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="42" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -2231,3582 +2204,3677 @@
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D326"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:D335"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A104" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="A125" sqref="A125:XFD125"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="62.5703125" style="1" customWidth="1"/>
     <col min="2" max="3" width="17.28515625" style="3" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="17.28515625" style="3" customWidth="1"/>
     <col min="5" max="16384" width="10.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="44" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B1" s="44"/>
       <c r="C1" s="44"/>
       <c r="D1" s="44"/>
     </row>
     <row r="2" spans="1:4" s="6" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="44"/>
       <c r="B2" s="44"/>
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
     </row>
     <row r="3" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="106" t="s">
-[...4 lines deleted...]
-      <c r="D3" s="108"/>
+      <c r="A3" s="95" t="s">
+        <v>222</v>
+      </c>
+      <c r="B3" s="96"/>
+      <c r="C3" s="96"/>
+      <c r="D3" s="97"/>
     </row>
     <row r="4" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="109"/>
-[...2 lines deleted...]
-      <c r="D4" s="111"/>
+      <c r="A4" s="98"/>
+      <c r="B4" s="99"/>
+      <c r="C4" s="99"/>
+      <c r="D4" s="100"/>
     </row>
     <row r="5" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="109"/>
-[...2 lines deleted...]
-      <c r="D5" s="111"/>
+      <c r="A5" s="98"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="100"/>
     </row>
     <row r="6" spans="1:4" s="6" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="112"/>
-[...2 lines deleted...]
-      <c r="D6" s="114"/>
+      <c r="A6" s="101"/>
+      <c r="B6" s="102"/>
+      <c r="C6" s="102"/>
+      <c r="D6" s="103"/>
     </row>
     <row r="7" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A7" s="4"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
     </row>
     <row r="8" spans="1:4" s="24" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="22" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B8" s="23"/>
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
     </row>
     <row r="9" spans="1:4" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="26" t="s">
         <v>0</v>
       </c>
       <c r="B9" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="C9" s="27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="27" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="10" spans="1:4" s="7" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A10" s="28" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="29"/>
       <c r="C10" s="29"/>
       <c r="D10" s="29"/>
     </row>
-    <row r="11" spans="1:4" s="7" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="81" t="s">
+    <row r="11" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="21">
         <v>0</v>
       </c>
       <c r="C11" s="21" t="e">
         <f>#REF!-B11</f>
         <v>#REF!</v>
       </c>
       <c r="D11" s="10">
         <f>5966764.11-12488.39-10295.14-957.49+278195.23</f>
         <v>6221218.3200000003</v>
       </c>
     </row>
     <row r="12" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="57" t="s">
+      <c r="A12" s="56" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="10">
         <v>5056157.24</v>
       </c>
       <c r="C12" s="10">
         <v>0</v>
       </c>
       <c r="D12" s="10"/>
     </row>
-    <row r="13" spans="1:4" s="7" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="82" t="s">
+    <row r="13" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="56" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="11">
         <v>3100976.78</v>
       </c>
       <c r="C13" s="39">
         <v>0</v>
       </c>
       <c r="D13" s="11">
         <v>3100976.78</v>
       </c>
     </row>
-    <row r="14" spans="1:4" s="7" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="83" t="s">
+    <row r="14" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="20">
         <v>0</v>
       </c>
       <c r="C14" s="10">
         <v>3025769</v>
       </c>
       <c r="D14" s="10">
         <v>3025769</v>
       </c>
     </row>
     <row r="15" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="12" t="s">
+      <c r="A15" s="83" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="39">
         <v>1720225.03</v>
       </c>
       <c r="C15" s="39" t="e">
         <f>#REF!-B15</f>
         <v>#REF!</v>
       </c>
       <c r="D15" s="11">
         <v>2458481.38</v>
       </c>
     </row>
     <row r="16" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="82" t="s">
-        <v>48</v>
+      <c r="A16" s="56" t="s">
+        <v>47</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10">
         <f>1183566.11+839065.54</f>
         <v>2022631.6500000001</v>
       </c>
     </row>
     <row r="17" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="82" t="s">
-        <v>59</v>
+      <c r="A17" s="56" t="s">
+        <v>58</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="10">
         <v>2000379.67</v>
       </c>
     </row>
     <row r="18" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="84" t="s">
+      <c r="A18" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="10">
+        <v>0</v>
+      </c>
+      <c r="C18" s="10">
+        <v>0</v>
+      </c>
+      <c r="D18" s="10">
+        <v>1779398.79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B18" s="16">
-[...2 lines deleted...]
-      <c r="C18" s="16">
+      <c r="B19" s="16">
+        <v>0</v>
+      </c>
+      <c r="C19" s="16">
         <f>775172.78+745729.98+69356.45</f>
         <v>1590259.21</v>
       </c>
-      <c r="D18" s="47">
+      <c r="D19" s="47">
         <v>1584914.18</v>
       </c>
     </row>
-    <row r="19" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D19" s="47">
+    <row r="20" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" s="10">
+        <v>1049999.95</v>
+      </c>
+      <c r="C20" s="10">
+        <v>1049999.95</v>
+      </c>
+      <c r="D20" s="10">
+        <v>1049999.95</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="47">
         <f>460580.42+122207.85</f>
         <v>582788.27</v>
       </c>
     </row>
-    <row r="20" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="12" t="s">
+    <row r="22" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="80" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="48"/>
+      <c r="C22" s="48"/>
+      <c r="D22" s="77">
+        <v>389301.49</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="83" t="s">
         <v>6</v>
       </c>
-      <c r="B20" s="11">
+      <c r="B23" s="11">
         <v>333610.78000000003</v>
       </c>
-      <c r="C20" s="39">
-[...2 lines deleted...]
-      <c r="D20" s="11">
+      <c r="C23" s="39">
+        <v>0</v>
+      </c>
+      <c r="D23" s="11">
         <v>333610.78000000003</v>
       </c>
     </row>
-    <row r="21" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="12" t="s">
+    <row r="24" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="83" t="s">
         <v>10</v>
       </c>
-      <c r="B21" s="11">
+      <c r="B24" s="11">
         <v>258269.85</v>
       </c>
-      <c r="C21" s="39">
-[...2 lines deleted...]
-      <c r="D21" s="11">
+      <c r="C24" s="39">
+        <v>0</v>
+      </c>
+      <c r="D24" s="11">
         <v>261482.52</v>
       </c>
     </row>
-    <row r="22" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D22" s="11">
+    <row r="25" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="83" t="s">
+        <v>77</v>
+      </c>
+      <c r="B25" s="11"/>
+      <c r="C25" s="39"/>
+      <c r="D25" s="11">
         <v>215911.84</v>
       </c>
     </row>
-    <row r="23" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="12" t="s">
+    <row r="26" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="83" t="s">
         <v>12</v>
       </c>
-      <c r="B23" s="11">
+      <c r="B26" s="11">
         <v>182240.06000000003</v>
       </c>
-      <c r="C23" s="39">
-[...2 lines deleted...]
-      <c r="D23" s="11">
+      <c r="C26" s="39">
+        <v>0</v>
+      </c>
+      <c r="D26" s="11">
         <v>182240.06000000003</v>
       </c>
     </row>
-    <row r="24" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="12" t="s">
+    <row r="27" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="83" t="s">
         <v>5</v>
       </c>
-      <c r="B24" s="11">
+      <c r="B27" s="11">
         <v>173034.92</v>
       </c>
-      <c r="C24" s="39">
-[...2 lines deleted...]
-      <c r="D24" s="11">
+      <c r="C27" s="39">
+        <v>0</v>
+      </c>
+      <c r="D27" s="11">
         <v>173034.92</v>
       </c>
     </row>
-    <row r="25" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D25" s="20">
+    <row r="28" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="20">
         <f>69152.18+75040.07</f>
         <v>144192.25</v>
       </c>
     </row>
-    <row r="26" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="81" t="s">
+    <row r="29" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="B26" s="9">
-[...2 lines deleted...]
-      <c r="C26" s="9">
+      <c r="B29" s="9">
+        <v>0</v>
+      </c>
+      <c r="C29" s="9">
         <f>21562.34+18115.11+33512.26+24040.96</f>
         <v>97230.669999999984</v>
       </c>
-      <c r="D26" s="10">
+      <c r="D29" s="10">
         <f>21562.34+18115.11+33512.26+24040.96</f>
         <v>97230.669999999984</v>
       </c>
     </row>
-    <row r="27" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D27" s="20">
+    <row r="30" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B30" s="13"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="20">
         <v>73517.16</v>
       </c>
     </row>
-    <row r="28" spans="1:4" s="7" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="82" t="s">
+    <row r="31" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="56" t="s">
         <v>3</v>
       </c>
-      <c r="B28" s="11">
+      <c r="B31" s="11">
         <v>66979.39</v>
       </c>
-      <c r="C28" s="39">
-[...2 lines deleted...]
-      <c r="D28" s="11">
+      <c r="C31" s="39">
+        <v>0</v>
+      </c>
+      <c r="D31" s="11">
         <v>66979.39</v>
       </c>
     </row>
-    <row r="29" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="58" t="s">
+    <row r="32" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="57" t="s">
         <v>4</v>
       </c>
-      <c r="B29" s="11">
+      <c r="B32" s="11">
         <v>48858.559999999998</v>
       </c>
-      <c r="C29" s="39">
-[...10 lines deleted...]
-      <c r="D30" s="20">
+      <c r="C32" s="39">
+        <v>0</v>
+      </c>
+      <c r="D32" s="11"/>
+    </row>
+    <row r="33" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="80" t="s">
+        <v>85</v>
+      </c>
+      <c r="B33" s="20"/>
+      <c r="C33" s="20"/>
+      <c r="D33" s="20">
         <v>30233.18</v>
       </c>
     </row>
-    <row r="31" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="12" t="s">
+    <row r="34" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="B31" s="10">
+      <c r="B34" s="10">
         <v>7030.2</v>
       </c>
-      <c r="C31" s="39">
-[...2 lines deleted...]
-      <c r="D31" s="10">
+      <c r="C34" s="39">
+        <v>0</v>
+      </c>
+      <c r="D34" s="10">
         <v>7030.2</v>
       </c>
     </row>
-    <row r="32" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D32" s="10">
+    <row r="35" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="83" t="s">
+        <v>57</v>
+      </c>
+      <c r="B35" s="10"/>
+      <c r="C35" s="39"/>
+      <c r="D35" s="10">
         <v>3933.59</v>
       </c>
     </row>
-    <row r="33" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D33" s="10">
+    <row r="36" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="83" t="s">
+        <v>103</v>
+      </c>
+      <c r="B36" s="10"/>
+      <c r="C36" s="39"/>
+      <c r="D36" s="10">
         <v>1120.21</v>
       </c>
     </row>
-    <row r="34" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A34" s="68" t="s">
+    <row r="37" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="B34" s="66">
-[...4 lines deleted...]
-        <f>SUM(C11:C31)</f>
+      <c r="B37" s="65">
+        <f>SUM(B11:B34)</f>
+        <v>11997382.759999998</v>
+      </c>
+      <c r="C37" s="65" t="e">
+        <f>SUM(C11:C34)</f>
         <v>#REF!</v>
       </c>
-      <c r="D34" s="66">
-[...13 lines deleted...]
-      <c r="A36" s="86" t="s">
+      <c r="D37" s="65">
+        <f>SUM(D11:D36)</f>
+        <v>25806376.249999996</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="58" t="s">
+        <v>106</v>
+      </c>
+      <c r="B38" s="29"/>
+      <c r="C38" s="29"/>
+      <c r="D38" s="29"/>
+    </row>
+    <row r="39" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="59" t="s">
         <v>7</v>
       </c>
-      <c r="B36" s="40">
+      <c r="B39" s="40">
         <v>1331717</v>
       </c>
-      <c r="C36" s="40" t="e">
-[...40 lines deleted...]
-      <c r="C39" s="41" t="e">
+      <c r="C39" s="40" t="e">
         <f>#REF!-B39</f>
         <v>#REF!</v>
       </c>
-      <c r="D39" s="31">
+      <c r="D39" s="30">
+        <v>2280633.4500000002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" s="6" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="59" t="s">
+        <v>2</v>
+      </c>
+      <c r="B40" s="40">
+        <v>2121009.7000000002</v>
+      </c>
+      <c r="C40" s="40">
+        <v>0</v>
+      </c>
+      <c r="D40" s="30"/>
+    </row>
+    <row r="41" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="59" t="s">
+        <v>1</v>
+      </c>
+      <c r="B41" s="30">
+        <v>1882170.28</v>
+      </c>
+      <c r="C41" s="40">
+        <v>0</v>
+      </c>
+      <c r="D41" s="30">
+        <v>1882170.28</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="59" t="s">
+        <v>14</v>
+      </c>
+      <c r="B42" s="41">
+        <v>124144.27</v>
+      </c>
+      <c r="C42" s="41" t="e">
+        <f>#REF!-B42</f>
+        <v>#REF!</v>
+      </c>
+      <c r="D42" s="31">
         <v>422105.95</v>
       </c>
     </row>
-    <row r="40" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D40" s="31">
+    <row r="43" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="59" t="s">
+        <v>58</v>
+      </c>
+      <c r="B43" s="41"/>
+      <c r="C43" s="41"/>
+      <c r="D43" s="31">
         <v>234237.86000000002</v>
       </c>
     </row>
-    <row r="41" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="86" t="s">
+    <row r="44" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="59" t="s">
         <v>28</v>
       </c>
-      <c r="B41" s="31">
+      <c r="B44" s="31">
         <v>142551.48000000001</v>
       </c>
-      <c r="C41" s="41">
-[...2 lines deleted...]
-      <c r="D41" s="31">
+      <c r="C44" s="41">
+        <v>0</v>
+      </c>
+      <c r="D44" s="31">
         <v>142551.48000000001</v>
       </c>
     </row>
-    <row r="42" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="86" t="s">
+    <row r="45" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="59" t="s">
+        <v>19</v>
+      </c>
+      <c r="B45" s="41">
+        <v>127590.13</v>
+      </c>
+      <c r="C45" s="41">
+        <v>127590.13</v>
+      </c>
+      <c r="D45" s="31">
+        <v>127590.13</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="59" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="40">
-[...2 lines deleted...]
-      <c r="C42" s="30">
+      <c r="B46" s="40">
+        <v>0</v>
+      </c>
+      <c r="C46" s="30">
         <v>107309.88</v>
       </c>
-      <c r="D42" s="30">
+      <c r="D46" s="30">
         <v>107309.88</v>
       </c>
     </row>
-    <row r="43" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D43" s="72">
+    <row r="47" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="85" t="s">
+        <v>133</v>
+      </c>
+      <c r="B47" s="55"/>
+      <c r="C47" s="70"/>
+      <c r="D47" s="70">
         <f>70736.24+18511.1</f>
         <v>89247.34</v>
       </c>
     </row>
-    <row r="44" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="86" t="s">
+    <row r="48" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="59" t="s">
         <v>3</v>
       </c>
-      <c r="B44" s="31">
+      <c r="B48" s="31">
         <v>88953.53</v>
       </c>
-      <c r="C44" s="41">
-[...2 lines deleted...]
-      <c r="D44" s="31">
+      <c r="C48" s="41">
+        <v>0</v>
+      </c>
+      <c r="D48" s="31">
         <v>88953.53</v>
       </c>
     </row>
-    <row r="45" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="86" t="s">
+    <row r="49" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="59" t="s">
         <v>30</v>
       </c>
-      <c r="B45" s="41">
-[...2 lines deleted...]
-      <c r="C45" s="31">
+      <c r="B49" s="41">
+        <v>0</v>
+      </c>
+      <c r="C49" s="31">
         <v>62447.63</v>
       </c>
-      <c r="D45" s="31">
+      <c r="D49" s="31">
         <v>62447.63</v>
       </c>
-    </row>
-[...48 lines deleted...]
-      <c r="D49" s="31"/>
     </row>
     <row r="50" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="86" t="s">
+        <v>77</v>
+      </c>
+      <c r="B50" s="42"/>
+      <c r="C50" s="42"/>
+      <c r="D50" s="30">
+        <v>57581.31</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="86" t="s">
+        <v>17</v>
+      </c>
+      <c r="B51" s="42">
+        <v>0</v>
+      </c>
+      <c r="C51" s="34">
+        <v>50668.46</v>
+      </c>
+      <c r="D51" s="30">
+        <v>50668.46</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="59" t="s">
+        <v>31</v>
+      </c>
+      <c r="B52" s="31">
+        <v>34729.910000000003</v>
+      </c>
+      <c r="C52" s="41">
+        <v>0</v>
+      </c>
+      <c r="D52" s="31">
+        <v>34729.910000000003</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" s="6" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="60" t="s">
+        <v>32</v>
+      </c>
+      <c r="B53" s="31">
+        <v>17540.13</v>
+      </c>
+      <c r="C53" s="41">
+        <v>0</v>
+      </c>
+      <c r="D53" s="31"/>
+    </row>
+    <row r="54" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="86" t="s">
+        <v>20</v>
+      </c>
+      <c r="B54" s="42"/>
+      <c r="C54" s="42"/>
+      <c r="D54" s="30">
+        <v>24795.51</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="86" t="s">
+        <v>39</v>
+      </c>
+      <c r="B55" s="42">
+        <v>0</v>
+      </c>
+      <c r="C55" s="31">
+        <v>8806.81</v>
+      </c>
+      <c r="D55" s="31">
+        <v>8806.81</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="86" t="s">
+        <v>54</v>
+      </c>
+      <c r="B56" s="42"/>
+      <c r="C56" s="42"/>
+      <c r="D56" s="30">
+        <v>7264.57</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="B50" s="31">
+      <c r="B57" s="31">
         <v>4780.25</v>
       </c>
-      <c r="C50" s="41">
-[...2 lines deleted...]
-      <c r="D50" s="31">
+      <c r="C57" s="41">
+        <v>0</v>
+      </c>
+      <c r="D57" s="31">
         <v>4780.25</v>
       </c>
     </row>
-    <row r="51" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="86" t="s">
+    <row r="58" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="59" t="s">
         <v>33</v>
       </c>
-      <c r="B51" s="30">
+      <c r="B58" s="30">
         <v>4455.9399999999996</v>
       </c>
-      <c r="C51" s="41">
-[...2 lines deleted...]
-      <c r="D51" s="30">
+      <c r="C58" s="41">
+        <v>0</v>
+      </c>
+      <c r="D58" s="30">
         <v>4455.9399999999996</v>
       </c>
     </row>
-    <row r="52" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D52" s="31">
+    <row r="59" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="86" t="s">
+        <v>47</v>
+      </c>
+      <c r="B59" s="42"/>
+      <c r="C59" s="31"/>
+      <c r="D59" s="31">
         <v>2701.8</v>
       </c>
     </row>
-    <row r="53" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="86" t="s">
+    <row r="60" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="59" t="s">
         <v>34</v>
       </c>
-      <c r="B53" s="30">
+      <c r="B60" s="30">
         <v>733.89</v>
       </c>
-      <c r="C53" s="41">
-[...2 lines deleted...]
-      <c r="D53" s="30">
+      <c r="C60" s="41">
+        <v>0</v>
+      </c>
+      <c r="D60" s="30">
         <v>733.89</v>
       </c>
     </row>
-    <row r="54" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="86" t="s">
+    <row r="61" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="59" t="s">
         <v>21</v>
       </c>
-      <c r="B54" s="30">
-[...2 lines deleted...]
-      <c r="C54" s="41">
+      <c r="B61" s="30">
+        <v>0</v>
+      </c>
+      <c r="C61" s="41">
         <v>394.07000000000005</v>
       </c>
-      <c r="D54" s="30">
+      <c r="D61" s="30">
         <v>394.07000000000005</v>
       </c>
     </row>
-    <row r="55" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D55" s="30">
+    <row r="62" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="59" t="s">
+        <v>55</v>
+      </c>
+      <c r="B62" s="30"/>
+      <c r="C62" s="41"/>
+      <c r="D62" s="30">
         <v>361.05</v>
       </c>
     </row>
-    <row r="56" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D56" s="30">
+    <row r="63" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B63" s="30"/>
+      <c r="C63" s="41"/>
+      <c r="D63" s="30">
         <f>130.9+88.76</f>
         <v>219.66000000000003</v>
       </c>
     </row>
-    <row r="57" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <f>SUM(C36:C56)</f>
+    <row r="64" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A64" s="67" t="s">
+        <v>107</v>
+      </c>
+      <c r="B64" s="66">
+        <f>SUM(B39:B63)</f>
+        <v>5880376.5100000007</v>
+      </c>
+      <c r="C64" s="66" t="e">
+        <f>SUM(C39:C63)</f>
         <v>#REF!</v>
       </c>
-      <c r="D57" s="67">
-[...5 lines deleted...]
-      <c r="A58" s="62" t="s">
+      <c r="D64" s="66">
+        <f>SUM(D39:D63)</f>
+        <v>5634740.7600000007</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A65" s="61" t="s">
         <v>35</v>
       </c>
-      <c r="B58" s="33">
-[...4 lines deleted...]
-        <f>C34+C57</f>
+      <c r="B65" s="33">
+        <f>B37+B64</f>
+        <v>17877759.27</v>
+      </c>
+      <c r="C65" s="33" t="e">
+        <f>C37+C64</f>
         <v>#REF!</v>
       </c>
-      <c r="D58" s="33">
-[...22 lines deleted...]
-      <c r="B61" s="27" t="s">
+      <c r="D65" s="33">
+        <f>D37+D64</f>
+        <v>31441117.009999998</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="62"/>
+      <c r="B66" s="13"/>
+      <c r="C66" s="13"/>
+      <c r="D66" s="13"/>
+    </row>
+    <row r="67" spans="1:4" s="24" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A67" s="63" t="s">
+        <v>117</v>
+      </c>
+      <c r="B67" s="23"/>
+      <c r="C67" s="23"/>
+      <c r="D67" s="23"/>
+    </row>
+    <row r="68" spans="1:4" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+      <c r="A68" s="26" t="s">
+        <v>0</v>
+      </c>
+      <c r="B68" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="C68" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="C61" s="27" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="59" t="s">
+      <c r="D68" s="27" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A69" s="58" t="s">
         <v>26</v>
       </c>
-      <c r="B62" s="29"/>
-[...14 lines deleted...]
-      <c r="A64" s="81" t="s">
+      <c r="B69" s="29"/>
+      <c r="C69" s="29"/>
+      <c r="D69" s="29"/>
+    </row>
+    <row r="70" spans="1:4" s="6" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="68" t="s">
+        <v>134</v>
+      </c>
+      <c r="B70" s="45"/>
+      <c r="C70" s="45"/>
+      <c r="D70" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B64" s="9">
-[...2 lines deleted...]
-      <c r="C64" s="9">
+      <c r="B71" s="9">
+        <v>0</v>
+      </c>
+      <c r="C71" s="9">
         <v>1803002.9900000002</v>
       </c>
-      <c r="D64" s="10">
+      <c r="D71" s="10">
         <f>956955.31+774056.81+71990.87</f>
         <v>1803002.9900000002</v>
       </c>
     </row>
-    <row r="65" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...29 lines deleted...]
-      <c r="D67" s="47">
+    <row r="72" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="79" t="s">
+        <v>152</v>
+      </c>
+      <c r="B72" s="72"/>
+      <c r="C72" s="72"/>
+      <c r="D72" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="B73" s="47"/>
+      <c r="C73" s="47"/>
+      <c r="D73" s="47">
         <v>1416026.4</v>
       </c>
     </row>
-    <row r="68" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...29 lines deleted...]
-      <c r="D70" s="20">
+    <row r="74" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B74" s="21"/>
+      <c r="C74" s="21"/>
+      <c r="D74" s="20">
         <f>24525.79+116289.78</f>
         <v>140815.57</v>
       </c>
     </row>
-    <row r="71" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="8" t="s">
+    <row r="75" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="8" t="s">
         <v>25</v>
-      </c>
-[...44 lines deleted...]
-        <v>99</v>
       </c>
       <c r="B75" s="10"/>
       <c r="C75" s="10"/>
       <c r="D75" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D76" s="10">
+    <row r="76" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B76" s="9"/>
+      <c r="C76" s="9"/>
+      <c r="D76" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B77" s="10">
+        <f>2632885.83+2255483.36</f>
+        <v>4888369.1899999995</v>
+      </c>
+      <c r="C77" s="10">
+        <f>2632885.83+2255483.36</f>
+        <v>4888369.1899999995</v>
+      </c>
+      <c r="D77" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B78" s="10"/>
+      <c r="C78" s="10"/>
+      <c r="D78" s="10">
+        <v>5144.3500000000004</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" s="7" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B79" s="10"/>
+      <c r="C79" s="10"/>
+      <c r="D79" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" s="7" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="53" t="s">
+        <v>73</v>
+      </c>
+      <c r="B80" s="21"/>
+      <c r="C80" s="21"/>
+      <c r="D80" s="10">
         <v>3199.84</v>
       </c>
     </row>
-    <row r="77" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A77" s="68" t="s">
+    <row r="81" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A81" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="B77" s="66">
-[...21 lines deleted...]
-      <c r="A79" s="89" t="s">
+      <c r="B81" s="65">
+        <f>SUM(B70:B80)</f>
+        <v>4888369.1899999995</v>
+      </c>
+      <c r="C81" s="65">
+        <f>SUM(C70:C80)</f>
+        <v>6691372.1799999997</v>
+      </c>
+      <c r="D81" s="65">
+        <f>SUM(D70:D80)</f>
+        <v>3368189.15</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A82" s="58" t="s">
+        <v>106</v>
+      </c>
+      <c r="B82" s="29"/>
+      <c r="C82" s="29"/>
+      <c r="D82" s="29"/>
+    </row>
+    <row r="83" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="87" t="s">
         <v>8</v>
       </c>
-      <c r="B79" s="41">
-[...2 lines deleted...]
-      <c r="C79" s="31">
+      <c r="B83" s="41">
+        <v>0</v>
+      </c>
+      <c r="C83" s="31">
         <f>642939.47+7640.23+2223.99</f>
         <v>652803.68999999994</v>
       </c>
-      <c r="D79" s="31">
+      <c r="D83" s="31">
         <f>642939.47+7640.23+2223.99</f>
         <v>652803.68999999994</v>
       </c>
     </row>
-    <row r="80" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C80" s="41">
+    <row r="84" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="88" t="s">
+        <v>49</v>
+      </c>
+      <c r="B84" s="43">
+        <v>0</v>
+      </c>
+      <c r="C84" s="41">
         <v>42974.47</v>
       </c>
-      <c r="D80" s="31">
+      <c r="D84" s="31">
         <v>408119.47000000003</v>
       </c>
     </row>
-    <row r="81" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...24 lines deleted...]
-      <c r="A83" s="86" t="s">
+    <row r="85" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="59" t="s">
+        <v>37</v>
+      </c>
+      <c r="B85" s="30">
+        <v>12301.1</v>
+      </c>
+      <c r="C85" s="40">
+        <v>0</v>
+      </c>
+      <c r="D85" s="30">
+        <v>12301.1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" s="6" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="59" t="s">
         <v>38</v>
       </c>
-      <c r="B83" s="30">
-[...16 lines deleted...]
-      <c r="C84" s="34">
+      <c r="B86" s="42">
+        <v>0</v>
+      </c>
+      <c r="C86" s="34">
         <f>8645.72+1207.3+112.28</f>
         <v>9965.2999999999993</v>
       </c>
-      <c r="D84" s="34">
-[...24 lines deleted...]
-        <v>7264.57</v>
+      <c r="D86" s="34">
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="35" t="s">
-[...4 lines deleted...]
-      <c r="D87" s="72">
+      <c r="A87" s="88" t="s">
+        <v>65</v>
+      </c>
+      <c r="B87" s="55"/>
+      <c r="C87" s="55"/>
+      <c r="D87" s="70">
         <v>5854.87</v>
       </c>
     </row>
-    <row r="88" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="51" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B88" s="52"/>
       <c r="C88" s="52"/>
       <c r="D88" s="52">
         <f>2278.77+1597.02</f>
         <v>3875.79</v>
       </c>
     </row>
-    <row r="89" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>47</v>
+    <row r="89" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="8" t="s">
+        <v>46</v>
       </c>
       <c r="B89" s="46"/>
       <c r="C89" s="46"/>
       <c r="D89" s="45">
         <f>2171.16+1626.24</f>
         <v>3797.3999999999996</v>
       </c>
     </row>
     <row r="90" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A90" s="68" t="s">
-[...12 lines deleted...]
-        <v>1255209.3400000003</v>
+      <c r="A90" s="67" t="s">
+        <v>107</v>
+      </c>
+      <c r="B90" s="66">
+        <f>SUM(B83:B89)</f>
+        <v>12301.1</v>
+      </c>
+      <c r="C90" s="66">
+        <f>SUM(C83:C89)</f>
+        <v>705743.46</v>
+      </c>
+      <c r="D90" s="66">
+        <f>SUM(D83:D89)</f>
+        <v>1086752.32</v>
       </c>
     </row>
     <row r="91" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A91" s="32" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B91" s="36">
-        <f>B77+B90</f>
-        <v>6078260.3700000001</v>
+        <f>B81+B90</f>
+        <v>4900670.2899999991</v>
       </c>
       <c r="C91" s="36">
-        <f>C77+C90</f>
-        <v>8583512.5299999993</v>
+        <f>C81+C90</f>
+        <v>7397115.6399999997</v>
       </c>
       <c r="D91" s="36">
-        <f>D77+D90</f>
-        <v>7842098.7200000007</v>
+        <f>D81+D90</f>
+        <v>4454941.47</v>
       </c>
     </row>
     <row r="92" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A92" s="4"/>
       <c r="B92" s="14"/>
       <c r="C92" s="14"/>
       <c r="D92" s="14"/>
     </row>
     <row r="93" spans="1:4" s="24" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A93" s="22" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B93" s="23"/>
       <c r="C93" s="23"/>
       <c r="D93" s="23"/>
     </row>
     <row r="94" spans="1:4" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A94" s="26" t="s">
         <v>0</v>
       </c>
       <c r="B94" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="C94" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="C94" s="27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D94" s="27" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="95" spans="1:4" s="6" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B95" s="20"/>
       <c r="C95" s="20"/>
       <c r="D95" s="20"/>
     </row>
     <row r="96" spans="1:4" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="28" t="s">
         <v>26</v>
       </c>
       <c r="B96" s="29"/>
       <c r="C96" s="29"/>
       <c r="D96" s="29"/>
     </row>
     <row r="97" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A97" s="17" t="s">
         <v>22</v>
       </c>
       <c r="B97" s="16">
         <v>0</v>
       </c>
       <c r="C97" s="16">
         <f>96207.81+78634.97+6152.13</f>
         <v>180994.91</v>
       </c>
       <c r="D97" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A98" s="49" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B98" s="20"/>
       <c r="C98" s="20"/>
       <c r="D98" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A99" s="49" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B99" s="20"/>
       <c r="C99" s="20"/>
       <c r="D99" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:4" s="6" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B100" s="9"/>
       <c r="C100" s="9"/>
       <c r="D100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:4" s="6" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B101" s="55">
+      <c r="B101" s="54">
         <f>21251.59+16126.69+1810.43</f>
         <v>39188.71</v>
       </c>
-      <c r="C101" s="55">
+      <c r="C101" s="54">
         <f>21251.59+16126.69+1810.43</f>
         <v>39188.71</v>
       </c>
-      <c r="D101" s="55">
+      <c r="D101" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:4" s="6" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="15" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B102" s="9"/>
       <c r="C102" s="9"/>
       <c r="D102" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="54" t="s">
-        <v>60</v>
+      <c r="A103" s="53" t="s">
+        <v>59</v>
       </c>
       <c r="B103" s="21"/>
       <c r="C103" s="21"/>
       <c r="D103" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="104" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A104" s="65" t="s">
+    <row r="104" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="51" t="s">
+        <v>197</v>
+      </c>
+      <c r="B104" s="72"/>
+      <c r="C104" s="72"/>
+      <c r="D104" s="52">
+        <f>718143.93+2459335.99</f>
+        <v>3177479.9200000004</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A105" s="64" t="s">
         <v>27</v>
       </c>
-      <c r="B104" s="66">
-        <f>SUM(B97:B102)</f>
+      <c r="B105" s="65">
+        <f t="shared" ref="B105:C105" si="0">SUM(B97:B104)</f>
         <v>39188.71</v>
       </c>
-      <c r="C104" s="66">
-        <f>SUM(C97:C102)</f>
+      <c r="C105" s="65">
+        <f t="shared" si="0"/>
         <v>220183.62</v>
       </c>
-      <c r="D104" s="66">
-[...16 lines deleted...]
-      <c r="B106" s="41">
+      <c r="D105" s="65">
+        <f>SUM(D97:D104)</f>
+        <v>3177479.9200000004</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A106" s="58" t="s">
+        <v>106</v>
+      </c>
+      <c r="B106" s="29"/>
+      <c r="C106" s="29"/>
+      <c r="D106" s="29"/>
+    </row>
+    <row r="107" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="59" t="s">
+        <v>152</v>
+      </c>
+      <c r="B107" s="41">
         <v>1322168.3400000001</v>
       </c>
-      <c r="C106" s="41" t="e">
-        <f>#REF!-B106</f>
+      <c r="C107" s="41" t="e">
+        <f>#REF!-B107</f>
         <v>#REF!</v>
       </c>
-      <c r="D106" s="31">
+      <c r="D107" s="31">
         <f>2952318.92-2671266.5</f>
         <v>281052.41999999993</v>
       </c>
     </row>
-    <row r="107" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B107" s="31">
+    <row r="108" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="59" t="s">
+        <v>40</v>
+      </c>
+      <c r="B108" s="31">
         <v>100691.55</v>
       </c>
-      <c r="C107" s="31"/>
-      <c r="D107" s="31">
+      <c r="C108" s="31"/>
+      <c r="D108" s="31">
         <v>100691.55</v>
-      </c>
-[...8 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A109" s="35" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="B109" s="43"/>
       <c r="C109" s="41"/>
       <c r="D109" s="31">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A110" s="71" t="s">
-[...73 lines deleted...]
-      <c r="C116" s="27" t="s">
+      <c r="A110" s="35" t="s">
         <v>45</v>
       </c>
-      <c r="D116" s="27" t="s">
-[...123 lines deleted...]
-      <c r="A129" s="91" t="s">
+      <c r="B110" s="43"/>
+      <c r="C110" s="41"/>
+      <c r="D110" s="31">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="69" t="s">
+        <v>133</v>
+      </c>
+      <c r="B111" s="55"/>
+      <c r="C111" s="70"/>
+      <c r="D111" s="70">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="51" t="s">
         <v>197</v>
       </c>
-      <c r="B129" s="75"/>
-[...676 lines deleted...]
-      <c r="D196" s="90">
+      <c r="B112" s="75"/>
+      <c r="C112" s="75"/>
+      <c r="D112" s="78">
         <f>3239.11+1128.73</f>
         <v>4367.84</v>
       </c>
     </row>
-    <row r="197" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A197" s="51" t="s">
+    <row r="113" spans="1:4" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="76" t="s">
+        <v>51</v>
+      </c>
+      <c r="B113" s="52"/>
+      <c r="C113" s="52"/>
+      <c r="D113" s="45">
+        <v>2957.36</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A114" s="64" t="s">
+        <v>107</v>
+      </c>
+      <c r="B114" s="66">
+        <f>SUM(B107:B113)</f>
+        <v>1422859.8900000001</v>
+      </c>
+      <c r="C114" s="66" t="e">
+        <f>SUM(C107:C113)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="D114" s="66">
+        <f>SUM(D107:D113)</f>
+        <v>389069.16999999993</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A115" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="B115" s="36">
+        <f>B105+B114</f>
+        <v>1462048.6</v>
+      </c>
+      <c r="C115" s="36" t="e">
+        <f>C105+C114</f>
+        <v>#REF!</v>
+      </c>
+      <c r="D115" s="36">
+        <f>D105+D114</f>
+        <v>3566549.0900000003</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A116" s="18"/>
+      <c r="B116" s="19"/>
+      <c r="C116" s="19"/>
+      <c r="D116" s="19"/>
+    </row>
+    <row r="117" spans="1:4" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A117" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="B117" s="23"/>
+      <c r="C117" s="23"/>
+      <c r="D117" s="23"/>
+    </row>
+    <row r="118" spans="1:4" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+      <c r="A118" s="26" t="s">
+        <v>0</v>
+      </c>
+      <c r="B118" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="C118" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="D118" s="27" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A119" s="26" t="s">
+        <v>26</v>
+      </c>
+      <c r="B119" s="27"/>
+      <c r="C119" s="27"/>
+      <c r="D119" s="27"/>
+    </row>
+    <row r="120" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="53" t="s">
+        <v>159</v>
+      </c>
+      <c r="B120" s="71"/>
+      <c r="C120" s="71"/>
+      <c r="D120" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="17" t="s">
+        <v>206</v>
+      </c>
+      <c r="B121" s="71"/>
+      <c r="C121" s="71"/>
+      <c r="D121" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="81" t="s">
+        <v>156</v>
+      </c>
+      <c r="B122" s="71"/>
+      <c r="C122" s="71"/>
+      <c r="D122" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="17" t="s">
+        <v>181</v>
+      </c>
+      <c r="B123" s="71"/>
+      <c r="C123" s="71"/>
+      <c r="D123" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="17" t="s">
+        <v>203</v>
+      </c>
+      <c r="B124" s="71"/>
+      <c r="C124" s="71"/>
+      <c r="D124" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="17" t="s">
+        <v>150</v>
+      </c>
+      <c r="B125" s="71"/>
+      <c r="C125" s="71"/>
+      <c r="D125" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="17" t="s">
+        <v>212</v>
+      </c>
+      <c r="B126" s="71"/>
+      <c r="C126" s="71"/>
+      <c r="D126" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="17" t="s">
+        <v>187</v>
+      </c>
+      <c r="B127" s="71"/>
+      <c r="C127" s="71"/>
+      <c r="D127" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="81" t="s">
+        <v>199</v>
+      </c>
+      <c r="B128" s="71"/>
+      <c r="C128" s="71"/>
+      <c r="D128" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="81" t="s">
+        <v>186</v>
+      </c>
+      <c r="B129" s="71"/>
+      <c r="C129" s="71"/>
+      <c r="D129" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="17" t="s">
+        <v>176</v>
+      </c>
+      <c r="B130" s="71"/>
+      <c r="C130" s="71"/>
+      <c r="D130" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="17" t="s">
+        <v>196</v>
+      </c>
+      <c r="B131" s="71"/>
+      <c r="C131" s="71"/>
+      <c r="D131" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="53" t="s">
+        <v>195</v>
+      </c>
+      <c r="B132" s="71"/>
+      <c r="C132" s="71"/>
+      <c r="D132" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="B133" s="71"/>
+      <c r="C133" s="71"/>
+      <c r="D133" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B134" s="71"/>
+      <c r="C134" s="71"/>
+      <c r="D134" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="B135" s="71"/>
+      <c r="C135" s="71"/>
+      <c r="D135" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="17" t="s">
+        <v>205</v>
+      </c>
+      <c r="B136" s="71"/>
+      <c r="C136" s="71"/>
+      <c r="D136" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="17" t="s">
+        <v>202</v>
+      </c>
+      <c r="B137" s="71"/>
+      <c r="C137" s="71"/>
+      <c r="D137" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="17" t="s">
+        <v>156</v>
+      </c>
+      <c r="B138" s="71"/>
+      <c r="C138" s="71"/>
+      <c r="D138" s="71">
+        <f>42554+61.63</f>
+        <v>42615.63</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="17" t="s">
+        <v>150</v>
+      </c>
+      <c r="B139" s="71"/>
+      <c r="C139" s="71"/>
+      <c r="D139" s="71">
+        <v>7428.37</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="17" t="s">
+        <v>184</v>
+      </c>
+      <c r="B140" s="71"/>
+      <c r="C140" s="71"/>
+      <c r="D140" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="B141" s="71"/>
+      <c r="C141" s="71"/>
+      <c r="D141" s="71">
+        <f>4403.39+934.2</f>
+        <v>5337.59</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="17" t="s">
+        <v>217</v>
+      </c>
+      <c r="B142" s="71"/>
+      <c r="C142" s="71"/>
+      <c r="D142" s="71">
+        <v>2667.09</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="17" t="s">
+        <v>219</v>
+      </c>
+      <c r="B143" s="71"/>
+      <c r="C143" s="71"/>
+      <c r="D143" s="71">
+        <v>83.69</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="17" t="s">
+        <v>218</v>
+      </c>
+      <c r="B144" s="71"/>
+      <c r="C144" s="71"/>
+      <c r="D144" s="71">
+        <f>11.66+2.49</f>
+        <v>14.15</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B145" s="71"/>
+      <c r="C145" s="71"/>
+      <c r="D145" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="17" t="s">
+        <v>178</v>
+      </c>
+      <c r="B146" s="71"/>
+      <c r="C146" s="71"/>
+      <c r="D146" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="17" t="s">
+        <v>186</v>
+      </c>
+      <c r="B147" s="71"/>
+      <c r="C147" s="71"/>
+      <c r="D147" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B148" s="71"/>
+      <c r="C148" s="71"/>
+      <c r="D148" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="B149" s="71"/>
+      <c r="C149" s="71"/>
+      <c r="D149" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="17" t="s">
+        <v>200</v>
+      </c>
+      <c r="B150" s="71"/>
+      <c r="C150" s="71"/>
+      <c r="D150" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="53" t="s">
+        <v>158</v>
+      </c>
+      <c r="B151" s="71"/>
+      <c r="C151" s="71"/>
+      <c r="D151" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="17" t="s">
+        <v>160</v>
+      </c>
+      <c r="B152" s="71"/>
+      <c r="C152" s="71"/>
+      <c r="D152" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="89" t="s">
+        <v>144</v>
+      </c>
+      <c r="B153" s="90"/>
+      <c r="C153" s="90"/>
+      <c r="D153" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="89" t="s">
+        <v>198</v>
+      </c>
+      <c r="B154" s="90"/>
+      <c r="C154" s="90"/>
+      <c r="D154" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="91" t="s">
+        <v>182</v>
+      </c>
+      <c r="B155" s="90"/>
+      <c r="C155" s="90"/>
+      <c r="D155" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="92" t="s">
+        <v>184</v>
+      </c>
+      <c r="B156" s="90"/>
+      <c r="C156" s="90"/>
+      <c r="D156" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="89" t="s">
+        <v>153</v>
+      </c>
+      <c r="B157" s="90"/>
+      <c r="C157" s="90"/>
+      <c r="D157" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="89" t="s">
+        <v>148</v>
+      </c>
+      <c r="B158" s="90"/>
+      <c r="C158" s="90"/>
+      <c r="D158" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="93" t="s">
+        <v>191</v>
+      </c>
+      <c r="B159" s="90"/>
+      <c r="C159" s="90"/>
+      <c r="D159" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="89" t="s">
+        <v>175</v>
+      </c>
+      <c r="B160" s="90"/>
+      <c r="C160" s="90"/>
+      <c r="D160" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="89" t="s">
+        <v>188</v>
+      </c>
+      <c r="B161" s="90"/>
+      <c r="C161" s="90"/>
+      <c r="D161" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="89" t="s">
+        <v>179</v>
+      </c>
+      <c r="B162" s="90"/>
+      <c r="C162" s="90"/>
+      <c r="D162" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="89" t="s">
+        <v>183</v>
+      </c>
+      <c r="B163" s="90"/>
+      <c r="C163" s="90"/>
+      <c r="D163" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="89" t="s">
+        <v>173</v>
+      </c>
+      <c r="B164" s="90"/>
+      <c r="C164" s="90"/>
+      <c r="D164" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="89" t="s">
+        <v>185</v>
+      </c>
+      <c r="B165" s="90"/>
+      <c r="C165" s="90"/>
+      <c r="D165" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="89" t="s">
+        <v>91</v>
+      </c>
+      <c r="B166" s="90"/>
+      <c r="C166" s="90"/>
+      <c r="D166" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="91" t="s">
+        <v>194</v>
+      </c>
+      <c r="B167" s="90"/>
+      <c r="C167" s="90"/>
+      <c r="D167" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="93" t="s">
+        <v>192</v>
+      </c>
+      <c r="B168" s="90"/>
+      <c r="C168" s="90"/>
+      <c r="D168" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B169" s="90"/>
+      <c r="C169" s="90"/>
+      <c r="D169" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="89" t="s">
+        <v>166</v>
+      </c>
+      <c r="B170" s="90"/>
+      <c r="C170" s="90"/>
+      <c r="D170" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="81" t="s">
+        <v>189</v>
+      </c>
+      <c r="B171" s="71"/>
+      <c r="C171" s="71"/>
+      <c r="D171" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="53" t="s">
+        <v>148</v>
+      </c>
+      <c r="B172" s="71"/>
+      <c r="C172" s="71"/>
+      <c r="D172" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="B173" s="71"/>
+      <c r="C173" s="71"/>
+      <c r="D173" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="73" t="s">
+        <v>60</v>
+      </c>
+      <c r="B174" s="71"/>
+      <c r="C174" s="71"/>
+      <c r="D174" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="B175" s="71"/>
+      <c r="C175" s="71"/>
+      <c r="D175" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="53" t="s">
+        <v>126</v>
+      </c>
+      <c r="B176" s="71"/>
+      <c r="C176" s="71"/>
+      <c r="D176" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="53" t="s">
+        <v>137</v>
+      </c>
+      <c r="B177" s="71"/>
+      <c r="C177" s="71"/>
+      <c r="D177" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="53" t="s">
+        <v>149</v>
+      </c>
+      <c r="B178" s="71"/>
+      <c r="C178" s="71"/>
+      <c r="D178" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="53" t="s">
+        <v>143</v>
+      </c>
+      <c r="B179" s="71"/>
+      <c r="C179" s="71"/>
+      <c r="D179" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B180" s="71"/>
+      <c r="C180" s="71"/>
+      <c r="D180" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="17" t="s">
+        <v>170</v>
+      </c>
+      <c r="B181" s="71"/>
+      <c r="C181" s="71"/>
+      <c r="D181" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="17" t="s">
+        <v>172</v>
+      </c>
+      <c r="B182" s="71"/>
+      <c r="C182" s="71"/>
+      <c r="D182" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="B183" s="71"/>
+      <c r="C183" s="71"/>
+      <c r="D183" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="17" t="s">
+        <v>189</v>
+      </c>
+      <c r="B184" s="71"/>
+      <c r="C184" s="71"/>
+      <c r="D184" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="B185" s="71"/>
+      <c r="C185" s="71"/>
+      <c r="D185" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="B186" s="71"/>
+      <c r="C186" s="71"/>
+      <c r="D186" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="17" t="s">
+        <v>212</v>
+      </c>
+      <c r="B187" s="71"/>
+      <c r="C187" s="71"/>
+      <c r="D187" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="17" t="s">
         <v>209</v>
       </c>
-      <c r="B197" s="52"/>
-[...7 lines deleted...]
-      <c r="A198" s="73" t="s">
+      <c r="B188" s="71"/>
+      <c r="C188" s="71"/>
+      <c r="D188" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="17" t="s">
+        <v>156</v>
+      </c>
+      <c r="B189" s="71"/>
+      <c r="C189" s="71"/>
+      <c r="D189" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="B190" s="71"/>
+      <c r="C190" s="71"/>
+      <c r="D190" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="17" t="s">
+        <v>210</v>
+      </c>
+      <c r="B191" s="71"/>
+      <c r="C191" s="71"/>
+      <c r="D191" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B192" s="71"/>
+      <c r="C192" s="71"/>
+      <c r="D192" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="17" t="s">
+        <v>208</v>
+      </c>
+      <c r="B193" s="71"/>
+      <c r="C193" s="71"/>
+      <c r="D193" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="81" t="s">
+        <v>137</v>
+      </c>
+      <c r="B194" s="71"/>
+      <c r="C194" s="71"/>
+      <c r="D194" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="17" t="s">
+        <v>186</v>
+      </c>
+      <c r="B195" s="71"/>
+      <c r="C195" s="71"/>
+      <c r="D195" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="17" t="s">
+        <v>211</v>
+      </c>
+      <c r="B196" s="71"/>
+      <c r="C196" s="71"/>
+      <c r="D196" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B197" s="71"/>
+      <c r="C197" s="71"/>
+      <c r="D197" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="81" t="s">
+        <v>197</v>
+      </c>
+      <c r="B198" s="71"/>
+      <c r="C198" s="71"/>
+      <c r="D198" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="17" t="s">
+        <v>214</v>
+      </c>
+      <c r="B199" s="71"/>
+      <c r="C199" s="71"/>
+      <c r="D199" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="17" t="s">
+        <v>160</v>
+      </c>
+      <c r="B200" s="71"/>
+      <c r="C200" s="71"/>
+      <c r="D200" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="17" t="s">
+        <v>215</v>
+      </c>
+      <c r="B201" s="71"/>
+      <c r="C201" s="71"/>
+      <c r="D201" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="17" t="s">
+        <v>216</v>
+      </c>
+      <c r="B202" s="71"/>
+      <c r="C202" s="71"/>
+      <c r="D202" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="17" t="s">
+        <v>212</v>
+      </c>
+      <c r="B203" s="71"/>
+      <c r="C203" s="71"/>
+      <c r="D203" s="71">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A204" s="67" t="s">
+        <v>27</v>
+      </c>
+      <c r="B204" s="74">
+        <f>SUM(B145:B182)</f>
+        <v>0</v>
+      </c>
+      <c r="C204" s="74">
+        <f>SUM(C145:C182)</f>
+        <v>0</v>
+      </c>
+      <c r="D204" s="74">
+        <f>SUM(D120:D203)</f>
+        <v>58147.519999999997</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A205" s="58" t="s">
+        <v>106</v>
+      </c>
+      <c r="B205" s="84"/>
+      <c r="C205" s="84"/>
+      <c r="D205" s="94"/>
+    </row>
+    <row r="206" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A206" s="53" t="s">
+        <v>156</v>
+      </c>
+      <c r="B206" s="71"/>
+      <c r="C206" s="71"/>
+      <c r="D206" s="71">
+        <f>121.28+0.11</f>
+        <v>121.39</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="53" t="s">
+        <v>165</v>
+      </c>
+      <c r="B207" s="71"/>
+      <c r="C207" s="71"/>
+      <c r="D207" s="71">
+        <f>7.26+13.74</f>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="81" t="s">
+        <v>186</v>
+      </c>
+      <c r="B208" s="71"/>
+      <c r="C208" s="71"/>
+      <c r="D208" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="81" t="s">
+        <v>105</v>
+      </c>
+      <c r="B209" s="71"/>
+      <c r="C209" s="71"/>
+      <c r="D209" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="53" t="s">
+        <v>160</v>
+      </c>
+      <c r="B210" s="71"/>
+      <c r="C210" s="71"/>
+      <c r="D210" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="73" t="s">
+        <v>177</v>
+      </c>
+      <c r="B211" s="71"/>
+      <c r="C211" s="71"/>
+      <c r="D211" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="81" t="s">
+        <v>197</v>
+      </c>
+      <c r="B212" s="71"/>
+      <c r="C212" s="71"/>
+      <c r="D212" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="53" t="s">
+        <v>211</v>
+      </c>
+      <c r="B213" s="71"/>
+      <c r="C213" s="71"/>
+      <c r="D213" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="53" t="s">
+        <v>203</v>
+      </c>
+      <c r="B214" s="71"/>
+      <c r="C214" s="71"/>
+      <c r="D214" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="53" t="s">
+        <v>177</v>
+      </c>
+      <c r="B215" s="71"/>
+      <c r="C215" s="71"/>
+      <c r="D215" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A216" s="81" t="s">
+        <v>185</v>
+      </c>
+      <c r="B216" s="71"/>
+      <c r="C216" s="71"/>
+      <c r="D216" s="71">
+        <v>4.1500000000000004</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="81" t="s">
+        <v>144</v>
+      </c>
+      <c r="B217" s="71"/>
+      <c r="C217" s="71"/>
+      <c r="D217" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="53" t="s">
+        <v>208</v>
+      </c>
+      <c r="B218" s="71"/>
+      <c r="C218" s="71"/>
+      <c r="D218" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="B219" s="71"/>
+      <c r="C219" s="71"/>
+      <c r="D219" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="81" t="s">
+        <v>174</v>
+      </c>
+      <c r="B220" s="71"/>
+      <c r="C220" s="71"/>
+      <c r="D220" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="53" t="s">
+        <v>168</v>
+      </c>
+      <c r="B221" s="71"/>
+      <c r="C221" s="71"/>
+      <c r="D221" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="53" t="s">
+        <v>169</v>
+      </c>
+      <c r="B222" s="71"/>
+      <c r="C222" s="71"/>
+      <c r="D222" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="73" t="s">
+        <v>141</v>
+      </c>
+      <c r="B223" s="71"/>
+      <c r="C223" s="71"/>
+      <c r="D223" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="53" t="s">
+        <v>170</v>
+      </c>
+      <c r="B224" s="71"/>
+      <c r="C224" s="71"/>
+      <c r="D224" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="53" t="s">
+        <v>171</v>
+      </c>
+      <c r="B225" s="71"/>
+      <c r="C225" s="71"/>
+      <c r="D225" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="53" t="s">
+        <v>164</v>
+      </c>
+      <c r="B226" s="71"/>
+      <c r="C226" s="71"/>
+      <c r="D226" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="53" t="s">
+        <v>140</v>
+      </c>
+      <c r="B227" s="71"/>
+      <c r="C227" s="71"/>
+      <c r="D227" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="53" t="s">
+        <v>179</v>
+      </c>
+      <c r="B228" s="71"/>
+      <c r="C228" s="71"/>
+      <c r="D228" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="53" t="s">
+        <v>157</v>
+      </c>
+      <c r="B229" s="71"/>
+      <c r="C229" s="71"/>
+      <c r="D229" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="B230" s="71"/>
+      <c r="C230" s="71"/>
+      <c r="D230" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="53" t="s">
+        <v>163</v>
+      </c>
+      <c r="B231" s="71"/>
+      <c r="C231" s="71"/>
+      <c r="D231" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="73" t="s">
+        <v>127</v>
+      </c>
+      <c r="B232" s="71"/>
+      <c r="C232" s="71"/>
+      <c r="D232" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="17" t="s">
+        <v>184</v>
+      </c>
+      <c r="B233" s="71"/>
+      <c r="C233" s="71"/>
+      <c r="D233" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="53" t="s">
+        <v>111</v>
+      </c>
+      <c r="B234" s="71"/>
+      <c r="C234" s="71"/>
+      <c r="D234" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B235" s="71"/>
+      <c r="C235" s="71"/>
+      <c r="D235" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="81" t="s">
+        <v>113</v>
+      </c>
+      <c r="B236" s="71"/>
+      <c r="C236" s="71"/>
+      <c r="D236" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="73" t="s">
+        <v>69</v>
+      </c>
+      <c r="B237" s="71"/>
+      <c r="C237" s="71"/>
+      <c r="D237" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="B238" s="71"/>
+      <c r="C238" s="71"/>
+      <c r="D238" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="81" t="s">
+        <v>136</v>
+      </c>
+      <c r="B239" s="71"/>
+      <c r="C239" s="71"/>
+      <c r="D239" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="81" t="s">
         <v>151</v>
       </c>
-      <c r="B198" s="52"/>
-[...46 lines deleted...]
-      <c r="A203" s="73" t="s">
+      <c r="B240" s="71"/>
+      <c r="C240" s="71"/>
+      <c r="D240" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="81" t="s">
+        <v>154</v>
+      </c>
+      <c r="B241" s="71"/>
+      <c r="C241" s="71"/>
+      <c r="D241" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="53" t="s">
+        <v>100</v>
+      </c>
+      <c r="B242" s="71"/>
+      <c r="C242" s="71"/>
+      <c r="D242" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="53" t="s">
+        <v>59</v>
+      </c>
+      <c r="B243" s="71"/>
+      <c r="C243" s="71"/>
+      <c r="D243" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="53" t="s">
+        <v>114</v>
+      </c>
+      <c r="B244" s="71"/>
+      <c r="C244" s="71"/>
+      <c r="D244" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="53" t="s">
+        <v>166</v>
+      </c>
+      <c r="B245" s="71"/>
+      <c r="C245" s="71"/>
+      <c r="D245" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="17" t="s">
         <v>178</v>
       </c>
-      <c r="B203" s="52"/>
-[...196 lines deleted...]
-      <c r="A223" s="54" t="s">
+      <c r="B246" s="71"/>
+      <c r="C246" s="71"/>
+      <c r="D246" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="B247" s="71"/>
+      <c r="C247" s="71"/>
+      <c r="D247" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="53" t="s">
+        <v>162</v>
+      </c>
+      <c r="B248" s="71"/>
+      <c r="C248" s="71"/>
+      <c r="D248" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="B249" s="71"/>
+      <c r="C249" s="71"/>
+      <c r="D249" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="B250" s="71"/>
+      <c r="C250" s="71"/>
+      <c r="D250" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="53" t="s">
         <v>164</v>
       </c>
-      <c r="B223" s="75"/>
-[...281 lines deleted...]
-      <c r="D251" s="45">
+      <c r="B251" s="71"/>
+      <c r="C251" s="71"/>
+      <c r="D251" s="50">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A252" s="8" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      <c r="D252" s="45">
+        <v>159</v>
+      </c>
+      <c r="B252" s="71"/>
+      <c r="C252" s="71"/>
+      <c r="D252" s="50">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A253" s="77" t="s">
-[...4 lines deleted...]
-      <c r="D253" s="45">
+      <c r="A253" s="73" t="s">
+        <v>71</v>
+      </c>
+      <c r="B253" s="71"/>
+      <c r="C253" s="71"/>
+      <c r="D253" s="50">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A254" s="77" t="s">
+      <c r="A254" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B254" s="71"/>
+      <c r="C254" s="71"/>
+      <c r="D254" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="B255" s="71"/>
+      <c r="C255" s="71"/>
+      <c r="D255" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="81" t="s">
+        <v>74</v>
+      </c>
+      <c r="B256" s="71"/>
+      <c r="C256" s="71"/>
+      <c r="D256" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="82" t="s">
+        <v>90</v>
+      </c>
+      <c r="B257" s="71"/>
+      <c r="C257" s="71"/>
+      <c r="D257" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="53" t="s">
+        <v>91</v>
+      </c>
+      <c r="B258" s="71"/>
+      <c r="C258" s="71"/>
+      <c r="D258" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="B259" s="71"/>
+      <c r="C259" s="71"/>
+      <c r="D259" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="B260" s="71"/>
+      <c r="C260" s="71"/>
+      <c r="D260" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="73" t="s">
+        <v>99</v>
+      </c>
+      <c r="B261" s="71"/>
+      <c r="C261" s="71"/>
+      <c r="D261" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="73" t="s">
+        <v>138</v>
+      </c>
+      <c r="B262" s="71"/>
+      <c r="C262" s="71"/>
+      <c r="D262" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="73" t="s">
+        <v>70</v>
+      </c>
+      <c r="B263" s="71"/>
+      <c r="C263" s="71"/>
+      <c r="D263" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="73" t="s">
+        <v>146</v>
+      </c>
+      <c r="B264" s="71"/>
+      <c r="C264" s="71"/>
+      <c r="D264" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="B265" s="71"/>
+      <c r="C265" s="71"/>
+      <c r="D265" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="B266" s="71"/>
+      <c r="C266" s="71"/>
+      <c r="D266" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="B267" s="71"/>
+      <c r="C267" s="71"/>
+      <c r="D267" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="B268" s="71"/>
+      <c r="C268" s="71"/>
+      <c r="D268" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="B269" s="71"/>
+      <c r="C269" s="71"/>
+      <c r="D269" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="53" t="s">
+        <v>61</v>
+      </c>
+      <c r="B270" s="71"/>
+      <c r="C270" s="71"/>
+      <c r="D270" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="53" t="s">
+        <v>9</v>
+      </c>
+      <c r="B271" s="71"/>
+      <c r="C271" s="71"/>
+      <c r="D271" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="B272" s="71"/>
+      <c r="C272" s="71"/>
+      <c r="D272" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="73" t="s">
+        <v>45</v>
+      </c>
+      <c r="B273" s="71"/>
+      <c r="C273" s="71"/>
+      <c r="D273" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="83" t="s">
+        <v>81</v>
+      </c>
+      <c r="B274" s="71"/>
+      <c r="C274" s="71"/>
+      <c r="D274" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B275" s="71"/>
+      <c r="C275" s="71"/>
+      <c r="D275" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="B276" s="71"/>
+      <c r="C276" s="71"/>
+      <c r="D276" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="73" t="s">
+        <v>142</v>
+      </c>
+      <c r="B277" s="71"/>
+      <c r="C277" s="71"/>
+      <c r="D277" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="53" t="s">
+        <v>89</v>
+      </c>
+      <c r="B278" s="71"/>
+      <c r="C278" s="71"/>
+      <c r="D278" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="53" t="s">
+        <v>149</v>
+      </c>
+      <c r="B279" s="71"/>
+      <c r="C279" s="71"/>
+      <c r="D279" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="53" t="s">
+        <v>161</v>
+      </c>
+      <c r="B280" s="71"/>
+      <c r="C280" s="71"/>
+      <c r="D280" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="53" t="s">
+        <v>93</v>
+      </c>
+      <c r="B281" s="71"/>
+      <c r="C281" s="71"/>
+      <c r="D281" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="B282" s="71"/>
+      <c r="C282" s="71"/>
+      <c r="D282" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="53" t="s">
+        <v>83</v>
+      </c>
+      <c r="B283" s="71"/>
+      <c r="C283" s="71"/>
+      <c r="D283" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="53" t="s">
+        <v>23</v>
+      </c>
+      <c r="B284" s="71"/>
+      <c r="C284" s="71"/>
+      <c r="D284" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="53" t="s">
+        <v>97</v>
+      </c>
+      <c r="B285" s="71"/>
+      <c r="C285" s="71"/>
+      <c r="D285" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="53" t="s">
+        <v>207</v>
+      </c>
+      <c r="B286" s="71"/>
+      <c r="C286" s="71"/>
+      <c r="D286" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="B287" s="71"/>
+      <c r="C287" s="71"/>
+      <c r="D287" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="53" t="s">
+        <v>36</v>
+      </c>
+      <c r="B288" s="71"/>
+      <c r="C288" s="71"/>
+      <c r="D288" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="53" t="s">
+        <v>78</v>
+      </c>
+      <c r="B289" s="71"/>
+      <c r="C289" s="71"/>
+      <c r="D289" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="53" t="s">
+        <v>96</v>
+      </c>
+      <c r="B290" s="71"/>
+      <c r="C290" s="71"/>
+      <c r="D290" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="53" t="s">
+        <v>64</v>
+      </c>
+      <c r="B291" s="71"/>
+      <c r="C291" s="71"/>
+      <c r="D291" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="53" t="s">
+        <v>80</v>
+      </c>
+      <c r="B292" s="71"/>
+      <c r="C292" s="71"/>
+      <c r="D292" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A293" s="53" t="s">
+        <v>95</v>
+      </c>
+      <c r="B293" s="71"/>
+      <c r="C293" s="71"/>
+      <c r="D293" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A294" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="B294" s="71"/>
+      <c r="C294" s="71"/>
+      <c r="D294" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="53" t="s">
+        <v>87</v>
+      </c>
+      <c r="B295" s="71"/>
+      <c r="C295" s="71"/>
+      <c r="D295" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="53" t="s">
+        <v>84</v>
+      </c>
+      <c r="B296" s="71"/>
+      <c r="C296" s="71"/>
+      <c r="D296" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="53" t="s">
+        <v>88</v>
+      </c>
+      <c r="B297" s="71"/>
+      <c r="C297" s="71"/>
+      <c r="D297" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A298" s="73" t="s">
+        <v>135</v>
+      </c>
+      <c r="B298" s="71"/>
+      <c r="C298" s="71"/>
+      <c r="D298" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A299" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B299" s="71"/>
+      <c r="C299" s="71"/>
+      <c r="D299" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B300" s="71">
+        <v>24.58</v>
+      </c>
+      <c r="C300" s="71">
+        <v>24.58</v>
+      </c>
+      <c r="D300" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A301" s="53" t="s">
+        <v>75</v>
+      </c>
+      <c r="B301" s="71"/>
+      <c r="C301" s="71"/>
+      <c r="D301" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="53" t="s">
+        <v>63</v>
+      </c>
+      <c r="B302" s="71"/>
+      <c r="C302" s="71"/>
+      <c r="D302" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="53" t="s">
+        <v>79</v>
+      </c>
+      <c r="B303" s="71"/>
+      <c r="C303" s="71"/>
+      <c r="D303" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A304" s="53" t="s">
+        <v>82</v>
+      </c>
+      <c r="B304" s="71"/>
+      <c r="C304" s="71"/>
+      <c r="D304" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="53" t="s">
+        <v>86</v>
+      </c>
+      <c r="B305" s="71"/>
+      <c r="C305" s="71"/>
+      <c r="D305" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="73" t="s">
+        <v>92</v>
+      </c>
+      <c r="B306" s="71"/>
+      <c r="C306" s="71"/>
+      <c r="D306" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="73" t="s">
+        <v>132</v>
+      </c>
+      <c r="B307" s="71"/>
+      <c r="C307" s="71"/>
+      <c r="D307" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="53" t="s">
+        <v>62</v>
+      </c>
+      <c r="B308" s="71"/>
+      <c r="C308" s="71"/>
+      <c r="D308" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="53" t="s">
+        <v>104</v>
+      </c>
+      <c r="B309" s="71"/>
+      <c r="C309" s="71"/>
+      <c r="D309" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="81" t="s">
         <v>139</v>
       </c>
-      <c r="B254" s="75"/>
-[...16 lines deleted...]
-      <c r="A256" s="77" t="s">
+      <c r="B310" s="71"/>
+      <c r="C310" s="71"/>
+      <c r="D310" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="B311" s="71"/>
+      <c r="C311" s="71"/>
+      <c r="D311" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="53" t="s">
+        <v>145</v>
+      </c>
+      <c r="B312" s="71"/>
+      <c r="C312" s="71"/>
+      <c r="D312" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A313" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="B313" s="71"/>
+      <c r="C313" s="71"/>
+      <c r="D313" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A314" s="53" t="s">
+        <v>158</v>
+      </c>
+      <c r="B314" s="71"/>
+      <c r="C314" s="71"/>
+      <c r="D314" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="53" t="s">
+        <v>101</v>
+      </c>
+      <c r="B315" s="71"/>
+      <c r="C315" s="71"/>
+      <c r="D315" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="53" t="s">
         <v>147</v>
       </c>
-      <c r="B256" s="75"/>
-[...146 lines deleted...]
-      <c r="A271" s="54" t="s">
+      <c r="B316" s="71"/>
+      <c r="C316" s="71"/>
+      <c r="D316" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="B317" s="71"/>
+      <c r="C317" s="71"/>
+      <c r="D317" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A318" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="B318" s="71"/>
+      <c r="C318" s="71"/>
+      <c r="D318" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A319" s="53" t="s">
+        <v>167</v>
+      </c>
+      <c r="B319" s="71"/>
+      <c r="C319" s="71"/>
+      <c r="D319" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A320" s="53" t="s">
+        <v>174</v>
+      </c>
+      <c r="B320" s="71"/>
+      <c r="C320" s="71"/>
+      <c r="D320" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A321" s="53" t="s">
+        <v>158</v>
+      </c>
+      <c r="B321" s="71"/>
+      <c r="C321" s="71"/>
+      <c r="D321" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A322" s="53" t="s">
+        <v>169</v>
+      </c>
+      <c r="B322" s="71"/>
+      <c r="C322" s="71"/>
+      <c r="D322" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="53" t="s">
+        <v>72</v>
+      </c>
+      <c r="B323" s="71"/>
+      <c r="C323" s="71"/>
+      <c r="D323" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="17" t="s">
+        <v>173</v>
+      </c>
+      <c r="B324" s="71"/>
+      <c r="C324" s="71"/>
+      <c r="D324" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="B325" s="71"/>
+      <c r="C325" s="71"/>
+      <c r="D325" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="B326" s="71"/>
+      <c r="C326" s="71"/>
+      <c r="D326" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="81" t="s">
+        <v>201</v>
+      </c>
+      <c r="B327" s="71"/>
+      <c r="C327" s="71"/>
+      <c r="D327" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A328" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="B328" s="71"/>
+      <c r="C328" s="71"/>
+      <c r="D328" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="17" t="s">
+        <v>191</v>
+      </c>
+      <c r="B329" s="71"/>
+      <c r="C329" s="71"/>
+      <c r="D329" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="17" t="s">
+        <v>166</v>
+      </c>
+      <c r="B330" s="71"/>
+      <c r="C330" s="71"/>
+      <c r="D330" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A331" s="17" t="s">
+        <v>193</v>
+      </c>
+      <c r="B331" s="71"/>
+      <c r="C331" s="71"/>
+      <c r="D331" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A332" s="73" t="s">
         <v>150</v>
       </c>
-      <c r="B271" s="74"/>
-[...209 lines deleted...]
-      <c r="B292" s="75">
+      <c r="B332" s="71"/>
+      <c r="C332" s="71"/>
+      <c r="D332" s="71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A333" s="64" t="s">
+        <v>107</v>
+      </c>
+      <c r="B333" s="71">
+        <f>SUM(B206:B331)</f>
         <v>24.58</v>
       </c>
-      <c r="C292" s="75">
+      <c r="C333" s="71">
+        <f>SUM(C206:C331)</f>
         <v>24.58</v>
       </c>
-      <c r="D292" s="45">
-[...318 lines deleted...]
-        <f t="shared" ref="B324:C324" si="0">SUM(B196:B323)</f>
+      <c r="D333" s="71">
+        <f>SUM(D206:D332)</f>
+        <v>146.54</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A334" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="B334" s="38">
+        <f>B333+B204</f>
         <v>24.58</v>
       </c>
-      <c r="C324" s="52">
-        <f t="shared" si="0"/>
+      <c r="C334" s="38">
+        <f>C333+C204</f>
         <v>24.58</v>
       </c>
-      <c r="D324" s="52">
-[...26 lines deleted...]
-        <f>B58+B91+B113+B294</f>
+      <c r="D334" s="38">
+        <f>D333+D204</f>
+        <v>58294.06</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A335" s="37" t="s">
+        <v>112</v>
+      </c>
+      <c r="B335" s="38">
+        <f>B65+B91+B115+B302</f>
         <v>24240478.16</v>
       </c>
-      <c r="C326" s="38" t="e">
-        <f>C58+C91+C113+C294</f>
+      <c r="C335" s="38" t="e">
+        <f>C65+C91+C115+C302</f>
         <v>#REF!</v>
       </c>
-      <c r="D326" s="38">
-[...1 lines deleted...]
-        <v>37486788.890000001</v>
+      <c r="D335" s="38">
+        <f>D65+D91+D115+D334</f>
+        <v>39520901.630000003</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A196:D214">
-    <sortCondition descending="1" ref="D196:D214"/>
+  <autoFilter ref="A119:D335"/>
+  <sortState ref="A133:G200">
+    <sortCondition descending="1" ref="D133:D200"/>
   </sortState>
   <dataConsolidate/>
   <mergeCells count="1">
     <mergeCell ref="A3:D6"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.55118110236220474" bottom="0.27559055118110237" header="0.51181102362204722" footer="0.23622047244094491"/>
   <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="3" manualBreakCount="3">
-    <brk id="59" max="16383" man="1"/>
+    <brk id="66" max="16383" man="1"/>
     <brk id="92" max="16383" man="1"/>
-    <brk id="114" max="16383" man="1"/>
+    <brk id="116" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>